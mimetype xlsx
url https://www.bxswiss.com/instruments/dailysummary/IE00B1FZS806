--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8465f978e6ea4849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49fe836d863343f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f57227b92164bc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R944e42b76ac14cc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf630724136b04d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f57227b92164bc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7983e30430974413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R944e42b76ac14cc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Govt Bond 7-10yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>