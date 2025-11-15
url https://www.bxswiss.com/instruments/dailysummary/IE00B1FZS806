--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49fe836d863343f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3039f30118234325" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R944e42b76ac14cc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9e9db006144bf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7983e30430974413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R944e42b76ac14cc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdaa96860f2d4bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9e9db006144bf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Govt Bond 7-10yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>