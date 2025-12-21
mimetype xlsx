--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3039f30118234325" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5accfcadb22e4099" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9e9db006144bf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0009bb9878b4fc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdaa96860f2d4bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9e9db006144bf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b2117dbc2d84538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0009bb9878b4fc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Govt Bond 7-10yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>172,448</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>