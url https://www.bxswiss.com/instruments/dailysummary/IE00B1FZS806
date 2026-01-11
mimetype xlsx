--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5accfcadb22e4099" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cdffc86c7ce4c45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0009bb9878b4fc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74ee4a7319f84c13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b2117dbc2d84538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0009bb9878b4fc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R170581f917dc4b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74ee4a7319f84c13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Govt Bond 7-10yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>172,848</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,887</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...256 lines deleted...]
-          <x:t>174,887</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,706</x:t>
-[...75 lines deleted...]
-          <x:t>173,733</x:t>
+          <x:t>174,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,389</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>173,194</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>