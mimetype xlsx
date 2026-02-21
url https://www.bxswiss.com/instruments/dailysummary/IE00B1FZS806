--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cdffc86c7ce4c45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f26835c42d0450c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74ee4a7319f84c13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952f4d0ad63242c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R170581f917dc4b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74ee4a7319f84c13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73ac8839bcc84ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952f4d0ad63242c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Govt Bond 7-10yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>172,985</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,761</x:t>
-[...124 lines deleted...]
-          <x:t>172,764</x:t>
+          <x:t>173,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,748</x:t>
-[...85 lines deleted...]
-          <x:t>174,461</x:t>
+          <x:t>173,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>