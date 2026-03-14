--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f26835c42d0450c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R172a518989d64945" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952f4d0ad63242c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab7722c7bbdd438c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73ac8839bcc84ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952f4d0ad63242c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R490df3f68b084c6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab7722c7bbdd438c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Govt Bond 7-10yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>173,842</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,552</x:t>
-[...426 lines deleted...]
-          <x:t>171,508</x:t>
+          <x:t>173,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,032</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>173,533</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>