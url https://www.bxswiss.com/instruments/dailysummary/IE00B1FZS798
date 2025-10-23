--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R956d35cc5dc84425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R446f5fcede6e49de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a1b921f5bd444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1456262673f4f67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52096196acf7412c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a1b921f5bd444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec375b340324f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1456262673f4f67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD Treasury Bond 7-10yr UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>141,297</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,267</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>140,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,668</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,615</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>