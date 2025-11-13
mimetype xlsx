--- v1 (2025-10-23)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R446f5fcede6e49de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R575c23baf82941f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1456262673f4f67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca70c927035f4e8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec375b340324f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1456262673f4f67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf75e5fdcb4154c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca70c927035f4e8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD Treasury Bond 7-10yr UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>143,208</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,496</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>142,757</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>