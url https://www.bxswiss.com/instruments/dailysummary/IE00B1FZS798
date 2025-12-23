--- v2 (2025-11-13)
+++ v3 (2025-12-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R575c23baf82941f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1805582287ba4758" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca70c927035f4e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4af383102d65453c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf75e5fdcb4154c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca70c927035f4e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2625482f74e34ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4af383102d65453c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD Treasury Bond 7-10yr UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>142,480</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>