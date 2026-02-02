--- v3 (2025-12-23)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1805582287ba4758" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra58a9770bf244a5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4af383102d65453c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcfa044256164704"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2625482f74e34ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4af383102d65453c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26b22cd348ff48ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcfa044256164704" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD Treasury Bond 7-10yr UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>138,451</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>