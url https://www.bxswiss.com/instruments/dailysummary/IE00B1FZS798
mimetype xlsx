--- v4 (2026-02-02)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra58a9770bf244a5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4914ad171c16493d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcfa044256164704"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re284be33a181417c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26b22cd348ff48ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcfa044256164704" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23a69aec37eb4cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re284be33a181417c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD Treasury Bond 7-10yr UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>