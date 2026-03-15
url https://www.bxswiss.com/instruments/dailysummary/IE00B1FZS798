--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4914ad171c16493d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ff6cccfbcf4815" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re284be33a181417c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R569f83778e494473"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23a69aec37eb4cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re284be33a181417c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4050526c35e14e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R569f83778e494473" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD Treasury Bond 7-10yr UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>