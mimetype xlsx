--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a279e740654ab3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4abdaf3a09c4f7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591b3c76ff5c4395"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d2b3414a204938"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77ee92983c4b4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591b3c76ff5c4395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1a25f79027840e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d2b3414a204938" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Euro Government Bond 3-5yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>151,724</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,963</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>151,705</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>151,926</x:t>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,487</x:t>
-        </x:is>
-[...219 lines deleted...]
-          <x:t>151,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>