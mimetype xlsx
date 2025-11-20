--- v1 (2025-10-31)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4abdaf3a09c4f7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb212d4da7a504ca7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d2b3414a204938"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cb54e8d39c44e51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1a25f79027840e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d2b3414a204938" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045efb6abc10459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cb54e8d39c44e51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Euro Government Bond 3-5yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>151,415</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,521</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>151,671</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>15.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>151,487</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>