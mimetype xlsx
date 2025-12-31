--- v2 (2025-11-20)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb212d4da7a504ca7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d03cb3680fa4741" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cb54e8d39c44e51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402453ca449b4c7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045efb6abc10459c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cb54e8d39c44e51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6cfefc071154088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402453ca449b4c7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Euro Government Bond 3-5yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>151,201</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,784</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>149,877</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>