--- v3 (2025-12-31)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d03cb3680fa4741" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49dfdd8a2dad46c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402453ca449b4c7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec1ae4b55f934898"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6cfefc071154088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402453ca449b4c7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58370c11d3204f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec1ae4b55f934898" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Euro Government Bond 3-5yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>149,723</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>