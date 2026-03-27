--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49dfdd8a2dad46c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0d75dde47164d4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec1ae4b55f934898"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5178ea9cd5474162"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58370c11d3204f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec1ae4b55f934898" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f4c2939c1a1470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5178ea9cd5474162" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Euro Government Bond 3-5yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS681</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,702</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>