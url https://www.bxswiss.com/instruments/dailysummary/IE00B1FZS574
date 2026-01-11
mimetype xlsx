--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a15c8cfe52d43cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58b31f2be390441f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3eb4decbfba4616"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf3d5b462c89424b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfec3db87723c4a88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3eb4decbfba4616" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaee50b58e494d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf3d5b462c89424b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Turkey UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,929</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>