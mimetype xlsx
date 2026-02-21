--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58b31f2be390441f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60617fac1845468d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf3d5b462c89424b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f1b79b418034e45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfaee50b58e494d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf3d5b462c89424b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ca8dc091e2740fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f1b79b418034e45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Turkey UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>20,688</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>