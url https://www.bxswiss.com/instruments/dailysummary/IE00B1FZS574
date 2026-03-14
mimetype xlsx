--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60617fac1845468d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cdc5891291f4ede" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f1b79b418034e45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61dbd9fd0c104c15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ca8dc091e2740fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f1b79b418034e45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976ebf7818094936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61dbd9fd0c104c15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Turkey UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,473</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>23,494</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>