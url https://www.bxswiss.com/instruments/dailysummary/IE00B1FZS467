--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d756782b3a46f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c7ebf8d4dbf4177" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca76a21110894711"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9bb0b9b556f446d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58de914337b54b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca76a21110894711" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racc0b3a0598b481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9bb0b9b556f446d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Infrastructure UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>28,364</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,279</x:t>
-[...70 lines deleted...]
-          <x:t>28,505</x:t>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,686</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>28,967</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>