--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c7ebf8d4dbf4177" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3a736c1e6ad4dc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9bb0b9b556f446d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R501c3bb5af4f4b45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racc0b3a0598b481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9bb0b9b556f446d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50fa3585cd04d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R501c3bb5af4f4b45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Infrastructure UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...404 lines deleted...]
-          <x:t>14.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,477</x:t>
-[...70 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>28,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,688</x:t>
-[...90 lines deleted...]
-          <x:t>28,642</x:t>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>