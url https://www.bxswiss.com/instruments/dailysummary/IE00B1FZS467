--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3a736c1e6ad4dc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0397fa906fe44a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R501c3bb5af4f4b45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra71e352dadb14e7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50fa3585cd04d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R501c3bb5af4f4b45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e128da9f0124523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra71e352dadb14e7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Infrastructure UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,230</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>