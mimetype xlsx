--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0397fa906fe44a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd79aa4a585dc4e81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra71e352dadb14e7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad7c96fb453542cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e128da9f0124523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra71e352dadb14e7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8c58d829ff1417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad7c96fb453542cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Infrastructure UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS467</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>28,086</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>28,174</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,221</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>16.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,431</x:t>
-[...48 lines deleted...]
-          <x:t>28,209</x:t>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,345</x:t>
-        </x:is>
-[...251 lines deleted...]
-          <x:t>28,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>