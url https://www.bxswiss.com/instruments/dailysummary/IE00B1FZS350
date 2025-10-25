--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfbf55d1551c47ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6b3a35ad0fc4a5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fd34a2b1c8c41f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05d2eb982b0a437b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R668e220b00c74aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fd34a2b1c8c41f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd569b19587494b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05d2eb982b0a437b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Developed Markets Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>19,566</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,521</x:t>
-[...173 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>19,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,561</x:t>
-[...414 lines deleted...]
-          <x:t>19,617</x:t>
+          <x:t>19,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>