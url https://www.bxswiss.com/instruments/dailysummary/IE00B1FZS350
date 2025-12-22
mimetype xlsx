--- v1 (2025-10-25)
+++ v2 (2025-12-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6b3a35ad0fc4a5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ea65ccd0f044534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05d2eb982b0a437b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7dcf3b74a846a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd569b19587494b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05d2eb982b0a437b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2999d7e578094e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7dcf3b74a846a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Developed Markets Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>19,291</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,321</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>19,220</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,286</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>19,839</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>