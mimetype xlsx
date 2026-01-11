--- v2 (2025-12-22)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ea65ccd0f044534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89adf4d929c84feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b7dcf3b74a846a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2f0d41df46249b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2999d7e578094e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b7dcf3b74a846a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97b4c335fc1f4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2f0d41df46249b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Developed Markets Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,978</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>