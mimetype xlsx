--- v3 (2026-01-11)
+++ v4 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89adf4d929c84feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45eb53be2ce141b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2f0d41df46249b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e1893366e684def"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97b4c335fc1f4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2f0d41df46249b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c39500bf7c14282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e1893366e684def" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Developed Markets Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>19,097</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,934</x:t>
-[...65 lines deleted...]
-          <x:t>18,933</x:t>
+          <x:t>19,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,919</x:t>
-[...247 lines deleted...]
-          <x:t>19,637</x:t>
+          <x:t>19,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>