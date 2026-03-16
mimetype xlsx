--- v4 (2026-02-24)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45eb53be2ce141b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b802cbd3b00484f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e1893366e684def"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6be759766d294146"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c39500bf7c14282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e1893366e684def" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbba014f915544e72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6be759766d294146" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Developed Markets Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>19,717</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,474</x:t>
-[...102 lines deleted...]
-          <x:t>20,072</x:t>
+          <x:t>19,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,066</x:t>
-[...161 lines deleted...]
-          <x:t>20,212</x:t>
+          <x:t>19,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>