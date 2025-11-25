--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f257ee03f44fe0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4da1aa26f1a34c5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62f7997b5a7d4edb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R262cb23bef744ec3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ba84b50cfc4f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62f7997b5a7d4edb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R032612bd170c4c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R262cb23bef744ec3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Asia Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>18,541</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,437</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>26.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>18,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>18,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,248</x:t>
-[...107 lines deleted...]
-          <x:t>18,380</x:t>
+          <x:t>18,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,434</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>18,276</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>