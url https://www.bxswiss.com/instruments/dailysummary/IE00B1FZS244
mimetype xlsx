--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4da1aa26f1a34c5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73dd42ace83e45a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R262cb23bef744ec3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5ba9829821a4012"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R032612bd170c4c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R262cb23bef744ec3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a78d0c41eaf4cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5ba9829821a4012" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Asia Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>18,565</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,516</x:t>
-[...21 lines deleted...]
-          <x:t>18,271</x:t>
+          <x:t>18,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,374</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>18,563</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>