--- v2 (2026-01-08)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73dd42ace83e45a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf78972811c4e4d64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5ba9829821a4012"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf60761c9c7ac4394"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a78d0c41eaf4cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5ba9829821a4012" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf23e4243b174db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf60761c9c7ac4394" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Asia Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS244</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>18,356</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,205</x:t>
-[...409 lines deleted...]
-          <x:t>18,747</x:t>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>