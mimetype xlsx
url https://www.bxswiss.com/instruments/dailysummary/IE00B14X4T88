--- v0 (2025-10-14)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R008e5e2f239a4877" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79caeecb56094b5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51215f72c00f44af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra461ddb8610b400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9129a6339544843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51215f72c00f44af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad270ed2bb84419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra461ddb8610b400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Asia Pacific Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4T88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>21,551</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>