--- v1 (2025-11-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79caeecb56094b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d64a595e78b41a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra461ddb8610b400e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c60adc149047cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad270ed2bb84419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra461ddb8610b400e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf723a3d4237c4376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c60adc149047cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Asia Pacific Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4T88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,195</x:t>
+          <x:t>22,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>22,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>22,101</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>05.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,161</x:t>
+          <x:t>22,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,124</x:t>
-[...87 lines deleted...]
-          <x:t>11.11.2025</x:t>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,292</x:t>
+          <x:t>22,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,214</x:t>
-[...60 lines deleted...]
-          <x:t>14.11.2025</x:t>
+          <x:t>22,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,180</x:t>
-[...166 lines deleted...]
-          <x:t>16,000</x:t>
+          <x:t>22,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>22,278</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>