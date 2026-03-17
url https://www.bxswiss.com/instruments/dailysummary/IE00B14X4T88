--- v2 (2026-01-07)
+++ v3 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d64a595e78b41a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra34592b69f174e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c60adc149047cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0edc55ea120242b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf723a3d4237c4376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c60adc149047cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42bf5999abb44ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0edc55ea120242b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Asia Pacific Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4T88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>22,785</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>