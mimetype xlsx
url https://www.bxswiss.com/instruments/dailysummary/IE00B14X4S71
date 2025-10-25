--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4349ecf932c4c69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cdd80f9d45a47dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e8d5cb62fb94f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5caeeed39bb49b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R543f9efec9e94689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e8d5cb62fb94f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702dbafda9f64d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5caeeed39bb49b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond 1-3yr UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4S71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>101,635</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,793</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...307 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>