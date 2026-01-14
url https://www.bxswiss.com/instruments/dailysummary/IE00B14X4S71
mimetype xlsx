--- v1 (2025-10-25)
+++ v2 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cdd80f9d45a47dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb235e0658e394a4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5caeeed39bb49b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd4a1ce03865477d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702dbafda9f64d05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5caeeed39bb49b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00129ca6289e48c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd4a1ce03865477d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond 1-3yr UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4S71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>102,055</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,822</x:t>
-[...48 lines deleted...]
-          <x:t>101,323</x:t>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,132</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>102,146</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>