--- v2 (2026-01-14)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb235e0658e394a4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778594c95f5e4e74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd4a1ce03865477d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea86503b4474bcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00129ca6289e48c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd4a1ce03865477d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70839a3fe8624ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea86503b4474bcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Treasury Bond 1-3yr UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4S71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>102,132</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,081</x:t>
-[...188 lines deleted...]
-          <x:t>103,589</x:t>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>