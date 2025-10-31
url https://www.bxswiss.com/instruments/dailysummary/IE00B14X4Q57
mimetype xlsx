--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7055c0940b5a4835" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad30de7150ef4658" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97bea8fe05e14f2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0063153a51f24217"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4c206f356a54008" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97bea8fe05e14f2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba04b4a05e394293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0063153a51f24217" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Govt Bond 1-3yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4Q57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,091</x:t>
-[...161 lines deleted...]
-          <x:t>132,176</x:t>
+          <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,748</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>131,758</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>