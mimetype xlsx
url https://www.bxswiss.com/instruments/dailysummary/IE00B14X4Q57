--- v1 (2025-10-31)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad30de7150ef4658" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeb985e9f9ec4168" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0063153a51f24217"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8df1f8360d2c4fbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba04b4a05e394293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0063153a51f24217" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeef75b1ed794359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8df1f8360d2c4fbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Govt Bond 1-3yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4Q57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>131,544</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,758</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,049</x:t>
-[...414 lines deleted...]
-          <x:t>131,447</x:t>
+          <x:t>131,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>