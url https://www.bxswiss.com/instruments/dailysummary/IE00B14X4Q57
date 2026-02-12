--- v2 (2026-01-02)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeb985e9f9ec4168" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b30ad10c4e44c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8df1f8360d2c4fbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb1bdc5764aa4ad3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeef75b1ed794359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8df1f8360d2c4fbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e16ac63d224944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb1bdc5764aa4ad3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Govt Bond 1-3yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4Q57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>131,902</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>