--- v3 (2026-02-12)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b30ad10c4e44c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57d583a675614b98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb1bdc5764aa4ad3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b563c9a68064f61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e16ac63d224944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb1bdc5764aa4ad3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3bd862afdb44e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b563c9a68064f61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Govt Bond 1-3yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4Q57</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>131,194</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,914</x:t>
-[...269 lines deleted...]
-          <x:t>130,566</x:t>
+          <x:t>130,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>