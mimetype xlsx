--- v0 (2025-10-14)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ee0dc26c7a48ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4ac30a36344672" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a2875c06f71414a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a5c8e3958304a7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4140f8bd657c4058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a2875c06f71414a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e9c0a11fb984a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a5c8e3958304a7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Europe ex-UK UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4N27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>45,337</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>