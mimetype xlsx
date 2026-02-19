--- v1 (2026-01-07)
+++ v2 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d4ac30a36344672" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1a24d6a510c4592" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a5c8e3958304a7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccdd1c10d1284773"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e9c0a11fb984a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a5c8e3958304a7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85c2d34095854935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccdd1c10d1284773" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Europe ex-UK UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B14X4N27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>48,221</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>