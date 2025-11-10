--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda9e515febdf47aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd900ea16c579494d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb6d0de89158484d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4aa4d47ad114661"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8474ef4a77944233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb6d0de89158484d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98170e2235b74068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4aa4d47ad114661" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI AC Far East ex-Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>55,935</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>57,646</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,386</x:t>
-[...58 lines deleted...]
-          <x:t>57,808</x:t>
+          <x:t>57,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>