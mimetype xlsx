--- v1 (2025-11-10)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd900ea16c579494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d50d841d784d51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4aa4d47ad114661"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b466dfdcba547ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98170e2235b74068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4aa4d47ad114661" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff862db29bd44279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b466dfdcba547ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI AC Far East ex-Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,736</x:t>
-[...355 lines deleted...]
-          <x:t>57,270</x:t>
+          <x:t>56,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>