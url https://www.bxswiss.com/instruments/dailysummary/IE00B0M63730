--- v2 (2025-12-19)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0d50d841d784d51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf330bc0480243e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b466dfdcba547ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78e607faa5d5449c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff862db29bd44279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b466dfdcba547ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd403e8f436dc4098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78e607faa5d5449c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI AC Far East ex-Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>57,604</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,067</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-          <x:t>05.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,372</x:t>
+          <x:t>57,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,202</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>56,808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,693</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>