--- v3 (2026-01-10)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf330bc0480243e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e82cc5bc85d48e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78e607faa5d5449c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b11a8981dc4d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd403e8f436dc4098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78e607faa5d5449c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R580fe2091bd243a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b11a8981dc4d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI AC Far East ex-Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,283</x:t>
+          <x:t>62,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,110</x:t>
-[...53 lines deleted...]
-          <x:t>61,614</x:t>
+          <x:t>62,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>