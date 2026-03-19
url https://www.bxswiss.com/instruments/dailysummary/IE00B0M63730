--- v4 (2026-02-18)
+++ v5 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e82cc5bc85d48e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94473851e00e4560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b11a8981dc4d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R927293f2e2b64b57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R580fe2091bd243a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b11a8981dc4d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d44d606cd94eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R927293f2e2b64b57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI AC Far East ex-Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,533</x:t>
-[...124 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>61,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,647</x:t>
-        </x:is>
-[...67 lines deleted...]
-          <x:t>63,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>