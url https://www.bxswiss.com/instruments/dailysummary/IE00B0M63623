--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec5133e71b44649" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5057e54fed704610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra617361ffeb64f86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d6fd7dd6462408d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7624a87ecc349ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra617361ffeb64f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd620782b6c4633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d6fd7dd6462408d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Taiwan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>87,930</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,186</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>87,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,089</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,515</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>