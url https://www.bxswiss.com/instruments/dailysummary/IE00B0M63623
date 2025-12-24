--- v1 (2025-10-23)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5057e54fed704610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4567ee92c73467b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d6fd7dd6462408d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2364aefe7932442e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd620782b6c4633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d6fd7dd6462408d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e70739aafb4d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2364aefe7932442e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Taiwan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>93,726</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,314</x:t>
-[...58 lines deleted...]
-          <x:t>92,607</x:t>
+          <x:t>94,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>