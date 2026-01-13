--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4567ee92c73467b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd00aead837824ba9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2364aefe7932442e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e976e27739442c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e70739aafb4d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2364aefe7932442e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2ed395d57b949df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e976e27739442c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Taiwan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>92,488</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,869</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...192 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,563</x:t>
@@ -737,31 +359,247 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>