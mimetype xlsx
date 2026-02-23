--- v3 (2026-01-13)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd00aead837824ba9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f7497bf93f44929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e976e27739442c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9c70da7202471c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2ed395d57b949df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e976e27739442c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf52abc1710a14531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9c70da7202471c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Taiwan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>99,827</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>