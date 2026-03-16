--- v4 (2026-02-23)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f7497bf93f44929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2560f956882d4637" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9c70da7202471c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdb693a9171b4f7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf52abc1710a14531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9c70da7202471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a75bcf10cdb499b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdb693a9171b4f7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Taiwan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,243</x:t>
-[...468 lines deleted...]
-          <x:t>108,818</x:t>
+          <x:t>104,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>