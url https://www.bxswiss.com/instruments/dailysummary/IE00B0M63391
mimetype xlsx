--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea9b9c869c2c4ad3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfab82e625f564135" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dab2654c68246c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fc45adc2f944dbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc769c5fb3048e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dab2654c68246c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8532f920d32c43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fc45adc2f944dbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Korea UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>