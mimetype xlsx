--- v1 (2025-11-02)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfab82e625f564135" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e1955000bde4f91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fc45adc2f944dbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb0344a8894f460a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8532f920d32c43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fc45adc2f944dbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f91125e3cc44c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb0344a8894f460a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Korea UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>54,472</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>