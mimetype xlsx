--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e1955000bde4f91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e50529a2124bca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb0344a8894f460a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e9d5957d4a64f8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f91125e3cc44c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb0344a8894f460a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redb5c5f0dff74d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e9d5957d4a64f8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Korea UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63391</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>61,592</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>