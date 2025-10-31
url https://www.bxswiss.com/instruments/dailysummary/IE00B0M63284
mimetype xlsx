--- v0 (2025-10-11)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc71ee5e9ef4663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5930525d6594ed0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcface4a92ef4462"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raabf8d6a8cfd4e14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c1da523b374ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcface4a92ef4462" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R479863837d6a439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raabf8d6a8cfd4e14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares European Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>28,662</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,502</x:t>
-[...75 lines deleted...]
-          <x:t>28,322</x:t>
+          <x:t>28,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,418</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>28,122</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>