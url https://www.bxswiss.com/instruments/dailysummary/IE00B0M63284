--- v1 (2025-10-31)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5930525d6594ed0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a07e8663695436e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raabf8d6a8cfd4e14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae9a2e1f23f4fb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R479863837d6a439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raabf8d6a8cfd4e14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R240240ee4d4d4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae9a2e1f23f4fb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares European Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>28,170</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,161</x:t>
-[...87 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>27,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,413</x:t>
-[...522 lines deleted...]
-          <x:t>28,508</x:t>
+          <x:t>28,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>