--- v2 (2026-01-08)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a07e8663695436e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d00a4381a04faf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae9a2e1f23f4fb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03924dc87c2a46a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R240240ee4d4d4eb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae9a2e1f23f4fb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22920e64cfb54977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03924dc87c2a46a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares European Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,183</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>