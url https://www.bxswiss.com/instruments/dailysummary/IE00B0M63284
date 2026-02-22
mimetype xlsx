--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d00a4381a04faf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb35f71822f9a4f0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03924dc87c2a46a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30911afbc11c482d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22920e64cfb54977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03924dc87c2a46a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e028827b4454bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30911afbc11c482d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares European Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>28,929</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,012</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>28,584</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>