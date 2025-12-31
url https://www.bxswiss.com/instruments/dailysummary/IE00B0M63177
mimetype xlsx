--- v0 (2025-10-24)
+++ v1 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b764eb955bf411a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350c733fe52242c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ec20b826c2640e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb1f0370e6e445f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re19a22c55f454ff9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ec20b826c2640e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68a9690652794ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb1f0370e6e445f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>42,763</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,587</x:t>
-[...409 lines deleted...]
-          <x:t>43,212</x:t>
+          <x:t>42,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>