--- v1 (2025-12-31)
+++ v2 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350c733fe52242c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4dc0114c1e946eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raeb1f0370e6e445f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85aea65b8c5b47d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68a9690652794ae3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raeb1f0370e6e445f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ce58c94a034730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85aea65b8c5b47d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>43,458</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>