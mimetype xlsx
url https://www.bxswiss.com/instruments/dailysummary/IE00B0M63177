--- v2 (2026-02-09)
+++ v3 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4dc0114c1e946eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e547c59689e41ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85aea65b8c5b47d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re362961c2ca64b64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ce58c94a034730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85aea65b8c5b47d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7204f1d4902441d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re362961c2ca64b64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,337</x:t>
-[...151 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>45,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>46,462</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>