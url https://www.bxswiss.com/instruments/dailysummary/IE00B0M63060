--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0da299bb81240a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf975e559989e4f0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R657484acac1b4ff4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19fb090e87654f6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R423556d96c7f4351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R657484acac1b4ff4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R063ff62499644e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19fb090e87654f6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares UK Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,213</x:t>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,200</x:t>
-[...566 lines deleted...]
-          <x:t>9,232</x:t>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>