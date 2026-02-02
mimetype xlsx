--- v1 (2025-11-14)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf975e559989e4f0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57ac191dac864aad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19fb090e87654f6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc11a8a6735e4a2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R063ff62499644e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19fb090e87654f6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe402ad4e40545c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc11a8a6735e4a2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares UK Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>9,516</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>