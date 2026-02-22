--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57ac191dac864aad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbca43ab016914439" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc11a8a6735e4a2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra84dda3c0410428d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe402ad4e40545c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc11a8a6735e4a2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf43a62d0f7d94c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra84dda3c0410428d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares UK Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>10,090</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,109</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>10,013</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,050</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>10,218</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,200</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>10,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,184</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>10,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,132</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,133</x:t>
         </x:is>
       </x:c>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>