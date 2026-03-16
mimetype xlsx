--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbca43ab016914439" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3a7913da50b42d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra84dda3c0410428d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79c59719cd9c445b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf43a62d0f7d94c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra84dda3c0410428d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d4b09d1f70424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79c59719cd9c445b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares UK Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M63060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,186</x:t>
-[...549 lines deleted...]
-          <x:t>10,647</x:t>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>