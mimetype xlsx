--- v0 (2025-10-25)
+++ v1 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbce7d637dc6347ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a5a1ce365e24253" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc70aac62547446c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd8054c4e2374922"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a1605b316c4977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc70aac62547446c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb28668352844641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd8054c4e2374922" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares AEX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62Y33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>86,848</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,848</x:t>
-[...571 lines deleted...]
-          <x:t>90,340</x:t>
+          <x:t>87,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>