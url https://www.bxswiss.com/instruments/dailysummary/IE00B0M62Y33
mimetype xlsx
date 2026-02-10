--- v1 (2025-12-26)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a5a1ce365e24253" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1ff6a162432423a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd8054c4e2374922"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51d98c09a9fa43ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb28668352844641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd8054c4e2374922" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3694794d4a7d4a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51d98c09a9fa43ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares AEX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62Y33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>87,345</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>