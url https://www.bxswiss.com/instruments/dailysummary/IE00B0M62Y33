--- v2 (2026-02-10)
+++ v3 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1ff6a162432423a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13224a1c02b344bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51d98c09a9fa43ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19425d7ec62c4c0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3694794d4a7d4a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51d98c09a9fa43ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf302c214c1d349c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19425d7ec62c4c0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares AEX UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62Y33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>92,518</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,100</x:t>
-[...188 lines deleted...]
-          <x:t>90,996</x:t>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>