--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc7e72ce3dac405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf94a1838b8474c4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4174d712a4ed4c19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37534380cad34dfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c6abad250ad4991" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4174d712a4ed4c19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6013e3bcdd84579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37534380cad34dfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Inflation Linked Government Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62X26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>215,732</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-          <x:t>214,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,919</x:t>
-[...161 lines deleted...]
-          <x:t>214,941</x:t>
+          <x:t>215,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,125</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>215,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>