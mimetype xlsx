--- v1 (2025-10-24)
+++ v2 (2026-01-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf94a1838b8474c4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae0f3ab888d4cd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37534380cad34dfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf451624cbcba4eb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6013e3bcdd84579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37534380cad34dfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9daa74a1133e4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf451624cbcba4eb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Inflation Linked Government Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62X26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>216,326</x:t>
-[...117 lines deleted...]
-          <x:t>215,125</x:t>
+          <x:t>215,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>