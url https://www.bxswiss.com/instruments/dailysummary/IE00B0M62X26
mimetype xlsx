--- v2 (2026-01-28)
+++ v3 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdae0f3ab888d4cd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58e617f489204095" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf451624cbcba4eb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd068da1a16bf4fe7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9daa74a1133e4313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf451624cbcba4eb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5e6c46281d140a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd068da1a16bf4fe7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Inflation Linked Government Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62X26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>