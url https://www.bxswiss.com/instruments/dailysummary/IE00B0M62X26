--- v3 (2026-02-18)
+++ v4 (2026-03-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58e617f489204095" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7ff60f679dd4a63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd068da1a16bf4fe7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R090a7618c63546f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5e6c46281d140a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd068da1a16bf4fe7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8b271d9011d454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R090a7618c63546f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Inflation Linked Government Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62X26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>214,240</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,362</x:t>
-[...269 lines deleted...]
-          <x:t>214,107</x:t>
+          <x:t>211,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>