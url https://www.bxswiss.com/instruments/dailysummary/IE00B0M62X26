--- v4 (2026-03-10)
+++ v5 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7ff60f679dd4a63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0967a57576e14c10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R090a7618c63546f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R420c12e988254c59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8b271d9011d454a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R090a7618c63546f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32714b2946694fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R420c12e988254c59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Inflation Linked Government Bond UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62X26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,594</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>