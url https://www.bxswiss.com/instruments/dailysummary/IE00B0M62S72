--- v0 (2025-10-12)
+++ v1 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0e5674b0a124142" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ee587cf5524c23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dcb284f81df4228"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b41fa85ed64407"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f05720be6aa4e3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dcb284f81df4228" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69af12b327cc4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b41fa85ed64407" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Dividend UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62S72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>20,809</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>