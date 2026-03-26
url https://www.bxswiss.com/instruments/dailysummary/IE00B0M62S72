--- v1 (2026-02-13)
+++ v2 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ee587cf5524c23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d5ac7b6d6174857" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b41fa85ed64407"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R393026a9c2c6479e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69af12b327cc4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b41fa85ed64407" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa46e978a4fd4efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R393026a9c2c6479e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Dividend UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62S72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...581 lines deleted...]
-          <x:t>22,433</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,469</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>22,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>