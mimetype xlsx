--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red0954c102a341f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb891ee951b94ba4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66deb018a6994412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4789d29396524dae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6797282766485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66deb018a6994412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2381c61823e4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4789d29396524dae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62Q58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,699</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>74,303</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>