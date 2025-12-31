--- v1 (2025-11-21)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb891ee951b94ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aefb33207e046fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4789d29396524dae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e913d1739048ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2381c61823e4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4789d29396524dae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92044e408b94402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e913d1739048ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62Q58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>74,824</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,614</x:t>
-[...48 lines deleted...]
-          <x:t>75,438</x:t>
+          <x:t>74,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,230</x:t>
-[...431 lines deleted...]
-          <x:t>73,731</x:t>
+          <x:t>74,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>