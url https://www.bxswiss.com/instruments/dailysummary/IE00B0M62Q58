--- v2 (2025-12-31)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aefb33207e046fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d590d915a6e4919" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9e913d1739048ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4660110dcedb4d14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92044e408b94402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9e913d1739048ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf83dcd68004c4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4660110dcedb4d14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62Q58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>75,662</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,863</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>74,122</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...100 lines deleted...]
-          <x:t>75,075</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>