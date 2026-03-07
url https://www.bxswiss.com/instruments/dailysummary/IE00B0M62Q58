--- v3 (2026-02-11)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d590d915a6e4919" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10d7e3fb6e084e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4660110dcedb4d14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3f045b465314fac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf83dcd68004c4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4660110dcedb4d14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf7915f6926e44ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3f045b465314fac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62Q58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>