--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10d7e3fb6e084e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f394f611e41465e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3f045b465314fac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R789a5076ee994b3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf7915f6926e44ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3f045b465314fac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e674ccedcf6447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R789a5076ee994b3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B0M62Q58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,254 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...328 lines deleted...]
-          <x:t>74,843</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,464</x:t>
-[...129 lines deleted...]
-          <x:t>75,768</x:t>
+          <x:t>73,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,273</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>73,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,945</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>