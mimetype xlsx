--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa900f671c64d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff87ce73adff4f1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38bb72f17a8e4871"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f7cae9c96064bae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1446e1a1a6764655" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38bb72f17a8e4871" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a1933b4cd924cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f7cae9c96064bae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares EURO STOXX Small UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXM00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,264</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>