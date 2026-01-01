--- v1 (2025-10-31)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff87ce73adff4f1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8a7b784d0cb4bf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f7cae9c96064bae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99d01263d0264311"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a1933b4cd924cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f7cae9c96064bae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db799b6568942f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99d01263d0264311" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares EURO STOXX Small UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXM00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>44,302</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>