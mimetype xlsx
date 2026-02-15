--- v2 (2026-01-01)
+++ v3 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8a7b784d0cb4bf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55aefae89a004bcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99d01263d0264311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd60fb666210349f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db799b6568942f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99d01263d0264311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf783033f4d14b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd60fb666210349f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares EURO STOXX Small UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXM00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>45,561</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>