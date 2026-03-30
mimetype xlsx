--- v3 (2026-02-15)
+++ v4 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55aefae89a004bcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5c85bf0df9f4067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd60fb666210349f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7a8c77dfebf4223"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf783033f4d14b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd60fb666210349f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0e5261bcd7640e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7a8c77dfebf4223" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares EURO STOXX Small UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXM00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>46,828</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>