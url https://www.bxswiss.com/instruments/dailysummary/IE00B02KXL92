--- v0 (2026-01-07)
+++ v1 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30d4e1ba341847e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R226faab50ad84d0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R050ac6175ed04108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9eba115fce34555"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e2557efc964879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R050ac6175ed04108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2e873e753e64354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9eba115fce34555" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares EURO STOXX Mid UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXL92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...414 lines deleted...]
-          <x:t>76,347</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,749</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>76,284</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>