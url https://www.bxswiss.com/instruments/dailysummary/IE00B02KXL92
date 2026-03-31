--- v1 (2026-02-19)
+++ v2 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R226faab50ad84d0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21506708762544a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9eba115fce34555"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cecdb4be3d1487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2e873e753e64354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9eba115fce34555" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re64adeee36d746fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cecdb4be3d1487e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares EURO STOXX Mid UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXL92</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>77,576</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>