--- v0 (2025-10-12)
+++ v1 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b0be8a791044b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1ec5710c4e46d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd89034d2c9114d52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5806e8540ec0474d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42991b0d893f42ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd89034d2c9114d52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e4d31ff93c14060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5806e8540ec0474d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares China Large Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXK85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>92,247</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,102</x:t>
-[...436 lines deleted...]
-          <x:t>88,914</x:t>
+          <x:t>91,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>