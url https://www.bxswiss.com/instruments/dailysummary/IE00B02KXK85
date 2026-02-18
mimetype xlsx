--- v1 (2026-01-29)
+++ v2 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1ec5710c4e46d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33fc634b08a4624" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5806e8540ec0474d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48ed94ab63104c5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e4d31ff93c14060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5806e8540ec0474d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cdc616013e646bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48ed94ab63104c5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares China Large Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXK85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>