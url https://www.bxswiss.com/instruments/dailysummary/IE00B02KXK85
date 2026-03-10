--- v2 (2026-02-18)
+++ v3 (2026-03-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33fc634b08a4624" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31cf5a042a2e4ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48ed94ab63104c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d8e03f3851546b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cdc616013e646bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48ed94ab63104c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad8dac65e2cb4868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d8e03f3851546b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares China Large Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXK85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>