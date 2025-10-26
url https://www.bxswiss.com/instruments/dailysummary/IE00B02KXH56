--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f1450bca4f34931" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33564d4691494132" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31b53192f6fd4a40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R577587f928ce4737"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3d71965d8394b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31b53192f6fd4a40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc61b0b6f38d642b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R577587f928ce4737" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>16,012</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,057</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...599 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>16,275</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>