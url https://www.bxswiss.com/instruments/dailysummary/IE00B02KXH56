--- v1 (2025-10-26)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33564d4691494132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152efe81b7664c53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R577587f928ce4737"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66aefcb7f4734c63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc61b0b6f38d642b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R577587f928ce4737" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea276cb26e484fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66aefcb7f4734c63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>16,722</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>16,728</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>