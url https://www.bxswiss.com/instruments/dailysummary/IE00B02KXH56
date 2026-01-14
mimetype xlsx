--- v2 (2025-12-25)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152efe81b7664c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R510b80e2b0184978" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66aefcb7f4734c63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cc14e66e68a4068"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea276cb26e484fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66aefcb7f4734c63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63826af9380443b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cc14e66e68a4068" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,046</x:t>
-[...377 lines deleted...]
-          <x:t>17,064</x:t>
+          <x:t>16,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,973</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>16,961</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>