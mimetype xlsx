--- v3 (2026-01-14)
+++ v4 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R510b80e2b0184978" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa536dc48970437a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cc14e66e68a4068"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R624ac456e6d242e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63826af9380443b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cc14e66e68a4068" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d97e10fdf884414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R624ac456e6d242e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>17,256</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,247</x:t>
-[...166 lines deleted...]
-          <x:t>17,885</x:t>
+          <x:t>17,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>