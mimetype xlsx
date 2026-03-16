--- v4 (2026-02-24)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa536dc48970437a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07fe0b71f9a41a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R624ac456e6d242e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ac278cac26a4eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d97e10fdf884414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R624ac456e6d242e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f46c6215a148e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ac278cac26a4eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares MSCI Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B02KXH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>17,462</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,252</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>17,573</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,210</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>18,571</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>