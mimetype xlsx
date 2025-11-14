--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e9f152372924263" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf57823ed81344716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8452a81526874471"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce01b03e726446d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a9af884c3eb4af6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8452a81526874471" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1f6188ccb09428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce01b03e726446d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares FTSE 250 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,883</x:t>
-[...21 lines deleted...]
-          <x:t>21,243</x:t>
+          <x:t>21,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,134</x:t>
-[...16 lines deleted...]
-          <x:t>21,449</x:t>
+          <x:t>21,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,443</x:t>
-[...200 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>21,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,668</x:t>
-[...21 lines deleted...]
-          <x:t>21,359</x:t>
+          <x:t>21,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,490</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>21,908</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>