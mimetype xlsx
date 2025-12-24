--- v1 (2025-11-14)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf57823ed81344716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e454f85ed84b19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce01b03e726446d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4370e9b6a0e34ee2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1f6188ccb09428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce01b03e726446d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Readd93cbd724433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4370e9b6a0e34ee2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares FTSE 250 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>21,607</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,723</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...337 lines deleted...]
-          <x:t>21,809</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,668</x:t>
-[...6 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>21,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,767</x:t>
-[...225 lines deleted...]
-          <x:t>21,349</x:t>
+          <x:t>21,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>