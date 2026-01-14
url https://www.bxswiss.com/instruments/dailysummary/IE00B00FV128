--- v2 (2025-12-24)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e454f85ed84b19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58370c1877f442c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4370e9b6a0e34ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37838f4807454fcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Readd93cbd724433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4370e9b6a0e34ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2b770f8c0e14265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37838f4807454fcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares FTSE 250 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>