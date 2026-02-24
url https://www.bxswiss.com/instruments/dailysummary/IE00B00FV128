--- v3 (2026-01-14)
+++ v4 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58370c1877f442c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96806251f2654345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37838f4807454fcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8097eae138ea49a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2b770f8c0e14265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37838f4807454fcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf916d2bd9cc47d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8097eae138ea49a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares FTSE 250 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>22,696</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,880</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>13.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>22,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>22,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,729</x:t>
-[...4 lines deleted...]
-          <x:t>22,789</x:t>
+          <x:t>22,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>