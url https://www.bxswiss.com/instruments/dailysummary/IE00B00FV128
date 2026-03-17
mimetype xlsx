--- v4 (2026-02-24)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96806251f2654345" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd66d32a34fd4a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8097eae138ea49a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e3f1cab23f34320"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf916d2bd9cc47d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8097eae138ea49a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb61480d27372476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e3f1cab23f34320" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares FTSE 250 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,100</x:t>
-[...4 lines deleted...]
-          <x:t>22,894</x:t>
+          <x:t>22,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,909</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>22,763</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>