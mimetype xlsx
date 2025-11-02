--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d0716d60894714" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ecba462d9d944ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42caf415e9634f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c533da61d242b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R686d7b69f18f4eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42caf415e9634f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafda55fcaa004436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c533da61d242b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core GBP Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,502</x:t>
-[...31 lines deleted...]
-          <x:t>130,454</x:t>
+          <x:t>131,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,571</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>130,469</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>