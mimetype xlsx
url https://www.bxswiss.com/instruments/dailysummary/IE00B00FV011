--- v1 (2025-11-02)
+++ v2 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ecba462d9d944ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04a83dc3494a4e29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06c533da61d242b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9106052bc5ae4387"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafda55fcaa004436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06c533da61d242b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R242f5bf7a2024ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9106052bc5ae4387" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core GBP Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...193 lines deleted...]
-          <x:t>130,372</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,104</x:t>
-[...377 lines deleted...]
-          <x:t>130,524</x:t>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,812</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>131,006</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>