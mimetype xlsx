--- v2 (2025-12-17)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04a83dc3494a4e29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b13940496c4cce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9106052bc5ae4387"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18a3d085a79047e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R242f5bf7a2024ccb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9106052bc5ae4387" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90afb0cde1de4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18a3d085a79047e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core GBP Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>132,116</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,821</x:t>
-[...102 lines deleted...]
-          <x:t>133,255</x:t>
+          <x:t>131,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,393</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>130,862</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>