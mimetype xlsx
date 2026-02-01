--- v3 (2026-01-09)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b13940496c4cce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R306142fb70034305" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18a3d085a79047e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a18e503243c4b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90afb0cde1de4ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18a3d085a79047e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc77cbd99f6fd41f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a18e503243c4b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core GBP Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>