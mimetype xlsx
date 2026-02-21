--- v4 (2026-02-01)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R306142fb70034305" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e20b85746047ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a18e503243c4b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R783f077e47a543ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc77cbd99f6fd41f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a18e503243c4b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b4a3fe20e684d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R783f077e47a543ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core GBP Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>