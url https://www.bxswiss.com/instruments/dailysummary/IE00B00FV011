--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e20b85746047ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8e6e944d38144e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R783f077e47a543ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb33e3f6802c44a7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b4a3fe20e684d72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R783f077e47a543ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30a6ab1ce57c4dde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb33e3f6802c44a7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core GBP Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B00FV011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,549 +149,171 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>129,837</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,509</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,203</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>