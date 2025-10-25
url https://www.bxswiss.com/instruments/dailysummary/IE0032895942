--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad6e76236aa74bfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0fdef3753514fb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae17cec00b24d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3d55642ef154182"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdff8f1b3dff34255" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae17cec00b24d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf5cf4e5a46a43c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3d55642ef154182" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032895942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>83,720</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,281</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>83,265</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>