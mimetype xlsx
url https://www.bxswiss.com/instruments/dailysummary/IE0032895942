--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0fdef3753514fb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c73de3d3ae4d40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3d55642ef154182"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9953601dde6c4cab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf5cf4e5a46a43c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3d55642ef154182" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca46714017c4deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9953601dde6c4cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032895942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>83,991</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,307</x:t>
-[...33 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>83,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,118</x:t>
-[...225 lines deleted...]
-          <x:t>83,712</x:t>
+          <x:t>83,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>