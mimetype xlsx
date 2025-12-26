--- v2 (2025-11-15)
+++ v3 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c73de3d3ae4d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad21f937b5c7405d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9953601dde6c4cab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf7c68d26b9e47b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca46714017c4deb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9953601dde6c4cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcecf72e2b255426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf7c68d26b9e47b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032895942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,946</x:t>
-[...4 lines deleted...]
-          <x:t>83,512</x:t>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,712</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...236 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,846</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>82,194</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>