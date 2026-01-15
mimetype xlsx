--- v3 (2025-12-26)
+++ v4 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad21f937b5c7405d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R255fbd226bea43bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf7c68d26b9e47b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae839073ee914c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcecf72e2b255426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf7c68d26b9e47b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3335f66b6b544b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae839073ee914c6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032895942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>