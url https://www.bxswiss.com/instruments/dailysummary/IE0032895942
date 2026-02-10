--- v4 (2026-01-15)
+++ v5 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R255fbd226bea43bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09261711c0364ddb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae839073ee914c6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46275e1276fb453e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3335f66b6b544b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae839073ee914c6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5565b3767d455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46275e1276fb453e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032895942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +251,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>