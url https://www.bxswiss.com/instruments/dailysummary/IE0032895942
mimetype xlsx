--- v5 (2026-02-10)
+++ v6 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09261711c0364ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72f36ee20edd43d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46275e1276fb453e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R153c3d2b3ff340f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5565b3767d455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46275e1276fb453e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5971c44950ad4620" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R153c3d2b3ff340f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares USD Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032895942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...522 lines deleted...]
-          <x:t>80,459</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,449</x:t>
-[...53 lines deleted...]
-          <x:t>79,440</x:t>
+          <x:t>80,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>