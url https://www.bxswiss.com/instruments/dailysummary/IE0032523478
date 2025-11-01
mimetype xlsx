--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4acf80e14f1473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf2eced784084859" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9beb29db0ee747a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb868b1378c4548"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2741b91e1fda4d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9beb29db0ee747a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c91293b0ed24f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb868b1378c4548" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Corp Bond Large Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032523478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>117,133</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,064</x:t>
-[...382 lines deleted...]
-          <x:t>117,164</x:t>
+          <x:t>117,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>