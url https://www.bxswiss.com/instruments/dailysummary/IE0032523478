--- v1 (2025-11-01)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf2eced784084859" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3fdf118fb584364" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb868b1378c4548"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbe7d0c212174746"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c91293b0ed24f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb868b1378c4548" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7e4bc8104354436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbe7d0c212174746" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Corp Bond Large Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032523478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...549 lines deleted...]
-          <x:t>117,530</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,948</x:t>
-[...80 lines deleted...]
-          <x:t>117,063</x:t>
+          <x:t>117,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>