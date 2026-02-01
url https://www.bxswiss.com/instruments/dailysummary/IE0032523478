--- v2 (2026-01-10)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3fdf118fb584364" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dda29467ce0409c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbe7d0c212174746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64629c6b782041e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7e4bc8104354436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbe7d0c212174746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eeec205626743ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64629c6b782041e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Corp Bond Large Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032523478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,769</x:t>
-[...102 lines deleted...]
-          <x:t>116,711</x:t>
+          <x:t>116,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>06.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,708</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>116,785</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>