--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dda29467ce0409c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99913be0526c4e30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64629c6b782041e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref7dada6d8af468b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eeec205626743ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64629c6b782041e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e7a21761fc64ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref7dada6d8af468b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Corp Bond Large Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032523478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,708</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,415</x:t>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>