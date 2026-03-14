--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99913be0526c4e30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51f5ab27f8dc4de1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref7dada6d8af468b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d7239622f74309"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e7a21761fc64ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref7dada6d8af468b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21ad3601709f472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d7239622f74309" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € Corp Bond Large Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032523478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>115,245</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,342</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>115,354</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>