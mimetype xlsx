--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ec511a6dad437f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a5f768855bd4cd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R052284b0c99d4d9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d37160d65724d89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce701fd016db4754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R052284b0c99d4d9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3dccf0d96274d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d37160d65724d89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032077012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>481,462</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>