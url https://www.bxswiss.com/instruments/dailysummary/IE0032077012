--- v1 (2025-11-25)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a5f768855bd4cd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35079da61b7440b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d37160d65724d89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea0e3a8d252c45e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3dccf0d96274d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d37160d65724d89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93b3808bb7a4012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea0e3a8d252c45e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032077012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>490,613</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>