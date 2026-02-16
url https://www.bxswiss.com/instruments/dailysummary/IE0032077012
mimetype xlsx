--- v2 (2026-01-06)
+++ v3 (2026-02-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35079da61b7440b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R647947461a974c6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea0e3a8d252c45e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa2412e56a3f4008"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93b3808bb7a4012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea0e3a8d252c45e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5bf240c3ca04318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa2412e56a3f4008" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032077012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>493,217</x:t>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>