--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R647947461a974c6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b29e2445ddd4c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa2412e56a3f4008"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R489b6650b39b4880"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5bf240c3ca04318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa2412e56a3f4008" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1263658e2e44e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R489b6650b39b4880" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032077012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>476,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>