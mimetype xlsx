--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b29e2445ddd4c60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ab3e7eb70e24dd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R489b6650b39b4880"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re76f40048b414e48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1263658e2e44e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R489b6650b39b4880" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe53d42fd75b4463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re76f40048b414e48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EQQQ Nasdaq-100 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0032077012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>473,993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>472,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>