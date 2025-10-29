--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc966b4fa21a1433e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95ef88485fb4112" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8a50e7417c34917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fee9520aaec4d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R206e00015ad44f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8a50e7417c34917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3b52cf5a4348a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fee9520aaec4d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core S&amp;P 500 UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0031442068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>52,120</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,413</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,118</x:t>
-[...198 lines deleted...]
-          <x:t>53,901</x:t>
+          <x:t>53,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>