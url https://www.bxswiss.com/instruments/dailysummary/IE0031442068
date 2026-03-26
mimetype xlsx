--- v1 (2025-10-29)
+++ v2 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95ef88485fb4112" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e6005f3cce74c64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fee9520aaec4d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b446eb73a2b4310"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3b52cf5a4348a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fee9520aaec4d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfbb8cf98dba4993" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b446eb73a2b4310" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Core S&amp;P 500 UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0031442068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,400</x:t>
-[...306 lines deleted...]
-          <x:t>54,440</x:t>
+          <x:t>52,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>