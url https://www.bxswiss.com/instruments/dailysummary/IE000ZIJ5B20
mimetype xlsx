--- v0 (2025-10-16)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb75c40c456c94717" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9c2eeae85e4416b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6231ca2086ce42ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R860cec9d78e44c36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37e8ade9d6914c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6231ca2086ce42ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95dc7acfa53c4a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R860cec9d78e44c36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Consumer Staples Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000ZIJ5B20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>11,843</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,733</x:t>
-[...281 lines deleted...]
-          <x:t>11,477</x:t>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,434</x:t>
-[...227 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,580</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>11,632</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>11,747</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>