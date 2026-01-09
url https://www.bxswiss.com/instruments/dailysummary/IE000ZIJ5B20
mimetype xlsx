--- v1 (2026-01-08)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9c2eeae85e4416b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb735b7dbfa6043e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R860cec9d78e44c36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ce4a4e30db845c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95dc7acfa53c4a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R860cec9d78e44c36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R581ba6d1392a4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ce4a4e30db845c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Consumer Staples Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000ZIJ5B20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,545</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>