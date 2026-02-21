--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb735b7dbfa6043e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bd2ccb607647f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ce4a4e30db845c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f6b72d28d7642fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R581ba6d1392a4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ce4a4e30db845c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94df2f53712a400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f6b72d28d7642fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Consumer Staples Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000ZIJ5B20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>11,653</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>