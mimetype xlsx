--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6bd2ccb607647f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8eb55a09e8d4261" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f6b72d28d7642fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra586afc117e64aaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94df2f53712a400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f6b72d28d7642fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1822f506761e4583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra586afc117e64aaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Consumer Staples Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000ZIJ5B20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>12,886</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,845</x:t>
-[...80 lines deleted...]
-          <x:t>12,899</x:t>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,964</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>16.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,311</x:t>
-[...117 lines deleted...]
-          <x:t>13,012</x:t>
+          <x:t>13,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>