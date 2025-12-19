--- v0 (2025-10-15)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5483c1eb3d74ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a1539d49c864f51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refb0cf4a640b4e9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eef495627c74966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5cac6d039624694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refb0cf4a640b4e9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf429291b834f4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eef495627c74966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000ZI3FFP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,361</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>11,064</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>