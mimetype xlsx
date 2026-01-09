--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a1539d49c864f51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4141498f5bbb48dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eef495627c74966"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa038a5bcb71484f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf429291b834f4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eef495627c74966" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a4d104166d845de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa038a5bcb71484f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000ZI3FFP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>11,139</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,125</x:t>
-[...21 lines deleted...]
-          <x:t>11,563</x:t>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,398</x:t>
-[...102 lines deleted...]
-          <x:t>11,527</x:t>
+          <x:t>11,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,562</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>11,656</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,609</x:t>
-[...220 lines deleted...]
-          <x:t>11,368</x:t>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>