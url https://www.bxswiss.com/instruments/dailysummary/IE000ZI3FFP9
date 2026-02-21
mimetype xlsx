--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4141498f5bbb48dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e020315a6274e35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa038a5bcb71484f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5da9212db7944a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a4d104166d845de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa038a5bcb71484f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e145a6cbee94918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5da9212db7944a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000ZI3FFP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>11,609</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>11,494</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,477</x:t>
-[...323 lines deleted...]
-          <x:t>11,900</x:t>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>