--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e020315a6274e35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21adf5b6ba164498" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5da9212db7944a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf265ba295c94004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e145a6cbee94918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5da9212db7944a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra98f0e0063934832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf265ba295c94004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000ZI3FFP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,753</x:t>
-[...404 lines deleted...]
-          <x:t>11,737</x:t>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,714</x:t>
-[...215 lines deleted...]
-          <x:t>11,920</x:t>
+          <x:t>11,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>