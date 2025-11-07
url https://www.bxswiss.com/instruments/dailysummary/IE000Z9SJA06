--- v0 (2025-10-07)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f17af4bdff74552" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04dadc0805444324" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c2143422f674453"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref43e2cc233c42b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc43cc1d68e304aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c2143422f674453" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40d995a804f9498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref43e2cc233c42b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Z9SJA06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>10,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>10,318</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>