--- v1 (2025-11-07)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04dadc0805444324" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e894019df1945a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref43e2cc233c42b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59b6a9500234ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40d995a804f9498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref43e2cc233c42b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78ca8422673044ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59b6a9500234ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Z9SJA06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...382 lines deleted...]
-          <x:t>10,358</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>10,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,420</x:t>
-[...6 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>10,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,512</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>10,573</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.10.2025</x:t>
-[...154 lines deleted...]
-          <x:t>10,477</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>