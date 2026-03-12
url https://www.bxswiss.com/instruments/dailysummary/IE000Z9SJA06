--- v2 (2026-01-10)
+++ v3 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e894019df1945a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb43241654141de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59b6a9500234ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ce05e1b86a4dd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78ca8422673044ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59b6a9500234ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ac9f3936d94b0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ce05e1b86a4dd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers S&amp;P 500 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Z9SJA06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>10,761</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>