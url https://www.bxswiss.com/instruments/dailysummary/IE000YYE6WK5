--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f0cbe634e8f462b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R491992a7fab6441d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd93aa302433c447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16da200ff1f3416e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R563368442eb7430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd93aa302433c447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R256ad614047e471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16da200ff1f3416e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Defense UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000YYE6WK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>