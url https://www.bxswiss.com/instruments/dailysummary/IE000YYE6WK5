--- v1 (2025-10-31)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R491992a7fab6441d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e01c1091d74cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16da200ff1f3416e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed700dc5c9048be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R256ad614047e471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16da200ff1f3416e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb32837aec2ed4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed700dc5c9048be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Defense UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000YYE6WK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>50,919</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>