--- v2 (2026-01-08)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e01c1091d74cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R692603b5d81540e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ed700dc5c9048be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0c43a6e45a34b19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb32837aec2ed4f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ed700dc5c9048be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R752eba7bce1f40fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0c43a6e45a34b19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Defense UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000YYE6WK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>54,555</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>