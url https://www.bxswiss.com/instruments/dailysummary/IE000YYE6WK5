--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R692603b5d81540e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b9c31805b0540a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0c43a6e45a34b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a9755ebfd17409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R752eba7bce1f40fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0c43a6e45a34b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87b1367799f94c0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a9755ebfd17409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Defense UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000YYE6WK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>56,420</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,812</x:t>
-[...65 lines deleted...]
-          <x:t>53,505</x:t>
+          <x:t>54,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,219</x:t>
-[...274 lines deleted...]
-          <x:t>54,014</x:t>
+          <x:t>53,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>