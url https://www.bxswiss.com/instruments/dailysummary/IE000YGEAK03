--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeed64d46e964051" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree40f4e0328b4fe2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a2b540e0e24018"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e30527b35a4770"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R615d9068394045a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a2b540e0e24018" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ae5e0e2f8b34ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e30527b35a4770" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000YGEAK03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>28,144</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,069</x:t>
-[...232 lines deleted...]
-          <x:t>29,067</x:t>
+          <x:t>28,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,992</x:t>
-[...247 lines deleted...]
-          <x:t>29,664</x:t>
+          <x:t>29,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>