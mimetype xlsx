--- v1 (2025-10-25)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree40f4e0328b4fe2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e548c4365749e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e30527b35a4770"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8727bd9cc3ce4cd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ae5e0e2f8b34ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e30527b35a4770" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01a175039e8b4094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8727bd9cc3ce4cd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000YGEAK03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>29,677</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,748</x:t>
-[...31 lines deleted...]
-          <x:t>30,053</x:t>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>