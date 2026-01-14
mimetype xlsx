--- v2 (2025-12-24)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2e548c4365749e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53a8198be1fd45a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8727bd9cc3ce4cd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf863e9dbd0c24603"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01a175039e8b4094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8727bd9cc3ce4cd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe29f1167e84c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf863e9dbd0c24603" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000YGEAK03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>30,412</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,696</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...435 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,467</x:t>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>