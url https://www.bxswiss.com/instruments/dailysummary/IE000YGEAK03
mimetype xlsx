--- v3 (2026-01-14)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53a8198be1fd45a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a223b71282482b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf863e9dbd0c24603"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R288d79549c0941d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe29f1167e84c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf863e9dbd0c24603" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb0037cefcf24179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R288d79549c0941d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000YGEAK03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,775</x:t>
-[...63 lines deleted...]
-          <x:t>30,797</x:t>
+          <x:t>29,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>