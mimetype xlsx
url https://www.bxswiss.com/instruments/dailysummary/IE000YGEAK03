--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a223b71282482b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree46aceb348442dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R288d79549c0941d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36cffcedbef049ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb0037cefcf24179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R288d79549c0941d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd229a9292cfe4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36cffcedbef049ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree US Quality Growth UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000YGEAK03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>