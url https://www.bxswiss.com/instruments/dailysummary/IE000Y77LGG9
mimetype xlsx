--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R095a7cc97abc42c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c9a021eff44125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaf1b7518f724ad0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1884b7f69b434d38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec282b7ff53d4997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaf1b7518f724ad0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R385758e4b0f0461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1884b7f69b434d38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World SRI Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Y77LGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>