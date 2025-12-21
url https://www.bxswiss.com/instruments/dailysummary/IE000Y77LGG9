--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c9a021eff44125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca37e51b6524d4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1884b7f69b434d38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2fba3f1cd7e4c27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R385758e4b0f0461e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1884b7f69b434d38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d46eb29bd44235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2fba3f1cd7e4c27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World SRI Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Y77LGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>120,025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,818</x:t>
-[...404 lines deleted...]
-          <x:t>119,906</x:t>
+          <x:t>119,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>