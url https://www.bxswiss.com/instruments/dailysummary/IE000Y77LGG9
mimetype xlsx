--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca37e51b6524d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree34536d695e4ec0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2fba3f1cd7e4c27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27f5290bc4d4934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d46eb29bd44235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2fba3f1cd7e4c27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff0991acd0914fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27f5290bc4d4934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World SRI Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Y77LGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>120,079</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,608</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>118,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,048</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>