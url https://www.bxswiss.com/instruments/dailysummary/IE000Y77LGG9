--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree34536d695e4ec0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d07d96573c461f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27f5290bc4d4934"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d5e1b75eeba45cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff0991acd0914fb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27f5290bc4d4934" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12d73c65373d4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d5e1b75eeba45cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World SRI Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Y77LGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>124,080</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,737</x:t>
-[...31 lines deleted...]
-          <x:t>125,403</x:t>
+          <x:t>125,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>