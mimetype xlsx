--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d07d96573c461f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabde2da65ccc49c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d5e1b75eeba45cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra03302c0eecb4c26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12d73c65373d4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d5e1b75eeba45cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99d0ca7de3ea4133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra03302c0eecb4c26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World SRI Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Y77LGG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,194</x:t>
-[...414 lines deleted...]
-          <x:t>126,343</x:t>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>