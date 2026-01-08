--- v0 (2025-10-12)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4beb12fb64e94bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6c4c3cd2744694" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3592e059cf3d43c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c110b050e634e5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabd9aaf3700d4691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3592e059cf3d43c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6546a13d12d24524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c110b050e634e5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 12 Circular Economy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Y6ZXZ48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>27,818</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,607</x:t>
-[...254 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>27,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,717</x:t>
-        </x:is>
-[...13 lines deleted...]
-          <x:t>28,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>