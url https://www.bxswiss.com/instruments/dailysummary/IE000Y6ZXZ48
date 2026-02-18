--- v1 (2026-01-08)
+++ v2 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6c4c3cd2744694" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83f32a6487c84bff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c110b050e634e5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4dfa4b622e84165"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6546a13d12d24524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c110b050e634e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6646ea6945402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4dfa4b622e84165" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 12 Circular Economy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Y6ZXZ48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>27,879</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,806</x:t>
-[...85 lines deleted...]
-          <x:t>28,717</x:t>
+          <x:t>28,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>