--- v2 (2026-02-18)
+++ v3 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83f32a6487c84bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08e28f2f753d41a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4dfa4b622e84165"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b28a921c14d4a2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6646ea6945402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4dfa4b622e84165" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46cfb3519a454aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b28a921c14d4a2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 12 Circular Economy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Y6ZXZ48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,015</x:t>
-[...102 lines deleted...]
-          <x:t>28,961</x:t>
+          <x:t>29,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,574</x:t>
-[...463 lines deleted...]
-          <x:t>29,923</x:t>
+          <x:t>29,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>