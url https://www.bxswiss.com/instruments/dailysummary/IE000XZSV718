--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc73e3f85a9894096" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45498fa3e9ac4073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35542eb029c143e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b7ecc3b3a61435a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44b0dddb3294192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35542eb029c143e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R297fa01b60014066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b7ecc3b3a61435a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XZSV718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>13,017</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,928</x:t>
-[...382 lines deleted...]
-          <x:t>13,058</x:t>
+          <x:t>13,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>