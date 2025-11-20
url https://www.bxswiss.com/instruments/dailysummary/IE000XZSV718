--- v1 (2025-10-31)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45498fa3e9ac4073" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9df2e0399a9a44e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b7ecc3b3a61435a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R816cc59b5daa4e9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R297fa01b60014066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b7ecc3b3a61435a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8f43eb7ef7c49b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R816cc59b5daa4e9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XZSV718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>13,170</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,144</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>13,123</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>13,227</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,134</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>13,528</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>