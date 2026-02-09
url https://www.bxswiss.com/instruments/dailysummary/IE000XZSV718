--- v2 (2025-11-20)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9df2e0399a9a44e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa3112614db411d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R816cc59b5daa4e9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ec588d80e9a4082"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8f43eb7ef7c49b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R816cc59b5daa4e9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ac5b02c64464631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ec588d80e9a4082" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XZSV718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>13,183</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,150</x:t>
-[...361 lines deleted...]
-        <x:is>
           <x:t>13,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,478</x:t>
-[...198 lines deleted...]
-          <x:t>13,127</x:t>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>