--- v3 (2026-02-09)
+++ v4 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaa3112614db411d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R850e7a7c437742e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ec588d80e9a4082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f64944f4517431f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ac5b02c64464631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ec588d80e9a4082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc712cacd221a45de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f64944f4517431f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XZSV718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...446 lines deleted...]
-          <x:t>13,028</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,156</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>05.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,234</x:t>
-[...16 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,179</x:t>
-[...9 lines deleted...]
-          <x:t>13,164</x:t>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>