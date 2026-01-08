--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b4a1b546e654c7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b2c733b805449b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f31059b470d4426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R605e125f4e134dd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4f90e6357fd4aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f31059b470d4426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59958915f9614042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R605e125f4e134dd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P SmallCap 600 ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XLJ2JQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>58,543</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>