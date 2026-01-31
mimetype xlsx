--- v1 (2026-01-08)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b2c733b805449b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bc4da5a1800408e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R605e125f4e134dd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08dbf849650549f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59958915f9614042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R605e125f4e134dd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5094956e6f7345c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08dbf849650549f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P SmallCap 600 ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XLJ2JQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>59,988</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,708</x:t>
-[...16 lines deleted...]
-          <x:t>60,702</x:t>
+          <x:t>61,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,301</x:t>
-[...355 lines deleted...]
-          <x:t>60,522</x:t>
+          <x:t>62,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>