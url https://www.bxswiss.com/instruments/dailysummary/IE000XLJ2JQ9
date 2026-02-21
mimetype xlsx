--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bc4da5a1800408e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90c1cecbc88f4372" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08dbf849650549f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c96fa8335604a30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5094956e6f7345c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08dbf849650549f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4401ca2ce6624231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c96fa8335604a30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P SmallCap 600 ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XLJ2JQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,088</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>60,256</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,196</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>59,200</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>