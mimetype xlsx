--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6d67eeb3576465b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7745d3252fe4ce9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87c1ab498afe4ac9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1564823f6e814f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21ba69963fdb4f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87c1ab498afe4ac9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aac506a06e9457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1564823f6e814f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Solar UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XD7KCJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>