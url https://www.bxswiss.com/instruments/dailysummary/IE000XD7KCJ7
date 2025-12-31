--- v1 (2025-10-31)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7745d3252fe4ce9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a678fa407a4894" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1564823f6e814f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R224d018005ef4de1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aac506a06e9457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1564823f6e814f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c0cfd7248134d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R224d018005ef4de1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Solar UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XD7KCJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>8,339</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,519</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>8,642</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,557</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>9,097</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>