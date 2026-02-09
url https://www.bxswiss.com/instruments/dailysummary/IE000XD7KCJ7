--- v2 (2025-12-31)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1a678fa407a4894" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd30bf3954c9d4b35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R224d018005ef4de1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d8cb1801ed44d4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c0cfd7248134d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R224d018005ef4de1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24550c3e37d140df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d8cb1801ed44d4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Solar UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XD7KCJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>8,889</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>