--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd30bf3954c9d4b35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f557b94e3541d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d8cb1801ed44d4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f5533ecf0104dcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24550c3e37d140df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d8cb1801ed44d4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7591567d9b24bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f5533ecf0104dcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Solar UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XD7KCJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>9,902</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,831</x:t>
-[...215 lines deleted...]
-          <x:t>9,948</x:t>
+          <x:t>9,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>