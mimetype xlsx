--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2affd5c7b88e4434" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5d8da3aad2f497e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7413ffd0e15d4d5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c5cf22328914f6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08816ef7d9dd4487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7413ffd0e15d4d5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b60e1aad7854d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c5cf22328914f6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Blockchain UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XAGSCY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>