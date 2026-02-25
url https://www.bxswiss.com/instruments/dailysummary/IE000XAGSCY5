--- v1 (2026-02-05)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5d8da3aad2f497e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf161f21a325246e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c5cf22328914f6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f1dc6ab578543e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b60e1aad7854d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c5cf22328914f6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b1d275beda4b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f1dc6ab578543e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Blockchain UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XAGSCY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>