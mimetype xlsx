--- v2 (2026-02-25)
+++ v3 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf161f21a325246e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R835a90425aa94343" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f1dc6ab578543e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a6c2ac901b94126"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63b1d275beda4b9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f1dc6ab578543e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36c5cf4be26f4c37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a6c2ac901b94126" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Blockchain UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XAGSCY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>11,089</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,269</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,013</x:t>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>