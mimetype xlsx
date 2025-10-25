--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb66dac96c04d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09e7146b7f840e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb05ab5489d44507"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fbe8fc02a104aa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra21fa9480a084aa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb05ab5489d44507" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af5ba642083477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fbe8fc02a104aa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson EUR Ultrashort IG Bond Paris-Aligned Climate Core UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000WXLHR76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>10,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,671</x:t>
+          <x:t>10,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,693</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>10,692</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,697</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>10,803</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,702</x:t>
-[...60 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>10,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,764</x:t>
-[...53 lines deleted...]
-          <x:t>10,752</x:t>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,708</x:t>
-[...377 lines deleted...]
-          <x:t>10,714</x:t>
+          <x:t>10,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>