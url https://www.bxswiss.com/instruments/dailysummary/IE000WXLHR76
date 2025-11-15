--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09e7146b7f840e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7583494d8ac4bcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fbe8fc02a104aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra95d252e1d1e445e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af5ba642083477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fbe8fc02a104aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3571b1cc2243f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra95d252e1d1e445e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson EUR Ultrashort IG Bond Paris-Aligned Climate Core UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000WXLHR76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>10,708</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,698</x:t>
-[...26 lines deleted...]
-          <x:t>10,699</x:t>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,709</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,717</x:t>
-[...237 lines deleted...]
-          <x:t>10,719</x:t>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,711</x:t>
-[...259 lines deleted...]
-          <x:t>10,728</x:t>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,718</x:t>
-[...31 lines deleted...]
-          <x:t>10,730</x:t>
+          <x:t>10,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>