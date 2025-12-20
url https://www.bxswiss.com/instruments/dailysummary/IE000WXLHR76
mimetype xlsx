--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7583494d8ac4bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590a77d3d6134bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra95d252e1d1e445e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29ea13d6194047e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3571b1cc2243f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra95d252e1d1e445e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02788bb7e5db4684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29ea13d6194047e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson EUR Ultrashort IG Bond Paris-Aligned Climate Core UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000WXLHR76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>10,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,702</x:t>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,723</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>10,728</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,718</x:t>
-[...48 lines deleted...]
-          <x:t>10,732</x:t>
+          <x:t>10,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,731</x:t>
-[...362 lines deleted...]
-          <x:t>10,736</x:t>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,730</x:t>
-[...4 lines deleted...]
-          <x:t>10,735</x:t>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>