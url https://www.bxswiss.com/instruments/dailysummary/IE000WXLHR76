--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590a77d3d6134bfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8694c6c2df634bca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29ea13d6194047e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82bb69b43ac8437c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02788bb7e5db4684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29ea13d6194047e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e161e191be474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82bb69b43ac8437c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson EUR Ultrashort IG Bond Paris-Aligned Climate Core UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000WXLHR76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>10,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,736</x:t>
-[...26 lines deleted...]
-          <x:t>10,731</x:t>
+          <x:t>10,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,738</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>10,789</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,744</x:t>
-[...92 lines deleted...]
-          <x:t>10,749</x:t>
+          <x:t>10,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,724</x:t>
-[...463 lines deleted...]
-          <x:t>10,756</x:t>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>