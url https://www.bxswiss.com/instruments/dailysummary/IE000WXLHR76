--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8694c6c2df634bca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d31c32e9a7c408f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82bb69b43ac8437c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3484ad60d2744ae8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e161e191be474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82bb69b43ac8437c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R891798d92cd54a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3484ad60d2744ae8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson EUR Ultrashort IG Bond Paris-Aligned Climate Core UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000WXLHR76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>10,755</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,796</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>10,774</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>