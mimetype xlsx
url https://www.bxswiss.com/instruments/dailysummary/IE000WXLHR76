--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d31c32e9a7c408f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ac6f9c8dddf42fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3484ad60d2744ae8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99a13d181cce4a74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R891798d92cd54a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3484ad60d2744ae8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref8862cee9b14a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99a13d181cce4a74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson EUR Ultrashort IG Bond Paris-Aligned Climate Core UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000WXLHR76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>10,776</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,776</x:t>
-[...205 lines deleted...]
-          <x:t>10,782</x:t>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,779</x:t>
-[...409 lines deleted...]
-          <x:t>10,799</x:t>
+          <x:t>10,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>