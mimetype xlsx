--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ff4f881d66b4663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a9490cc89d4176" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a88730b9fff4eda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d51f3e21a7f4c2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa75e46466c04429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a88730b9fff4eda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7271a244a2ce40b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d51f3e21a7f4c2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC MSCI World UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000WMRNBB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>33,796</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>34,461</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>