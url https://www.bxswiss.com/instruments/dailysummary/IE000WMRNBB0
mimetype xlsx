--- v1 (2025-10-27)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a9490cc89d4176" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4875b8177a0b480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d51f3e21a7f4c2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdba441a20f44c87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7271a244a2ce40b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d51f3e21a7f4c2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf86aa700c04969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdba441a20f44c87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC MSCI World UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000WMRNBB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>34,270</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,460</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>34,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>