--- v2 (2026-01-06)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4875b8177a0b480e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b677851fb2543f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdba441a20f44c87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5910a6dd2f4d43b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf86aa700c04969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdba441a20f44c87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2de639f5093425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5910a6dd2f4d43b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC MSCI World UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000WMRNBB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>34,772</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,930</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>35,001</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,606</x:t>
-[...124 lines deleted...]
-          <x:t>34,278</x:t>
+          <x:t>35,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,278</x:t>
-[...139 lines deleted...]
-          <x:t>35,215</x:t>
+          <x:t>34,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>