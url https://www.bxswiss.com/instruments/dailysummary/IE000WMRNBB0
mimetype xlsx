--- v3 (2026-02-05)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b677851fb2543f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racd97519a6f74e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5910a6dd2f4d43b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbc59a94b3c14f4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2de639f5093425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5910a6dd2f4d43b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35ed9ec5c4fa4936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbc59a94b3c14f4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC MSCI World UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000WMRNBB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>35,527</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,281</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>35,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,354</x:t>
-[...183 lines deleted...]
-          <x:t>35,786</x:t>
+          <x:t>35,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,687</x:t>
-[...377 lines deleted...]
-          <x:t>34,995</x:t>
+          <x:t>35,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>