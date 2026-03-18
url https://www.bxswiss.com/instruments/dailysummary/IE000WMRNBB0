--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racd97519a6f74e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdb3bc33b27c42cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbc59a94b3c14f4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raecc151a69a74e2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35ed9ec5c4fa4936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbc59a94b3c14f4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16817445f92447aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raecc151a69a74e2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC MSCI World UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000WMRNBB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>35,301</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,613</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>35,442</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,452</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>35,751</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...289 lines deleted...]
-          <x:t>35,815</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>