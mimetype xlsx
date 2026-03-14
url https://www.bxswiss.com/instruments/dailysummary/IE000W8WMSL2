--- v0 (2026-02-21)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R594f327131164ab8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26c22954bb94b7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66485d9aa4fb4955"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1b27faf567143e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra603c7cd3e2e48bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66485d9aa4fb4955" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddcd8d38288c4773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1b27faf567143e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Quantum Computing UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000W8WMSL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...305 lines deleted...]
-          <x:t>22,377</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,643</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>23,651</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,798</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>23,490</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>