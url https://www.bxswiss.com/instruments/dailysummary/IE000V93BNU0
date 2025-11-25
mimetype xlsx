--- v0 (2025-10-13)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48e133661a0140a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a049e438199428d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04876ae7c0424d9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc386d65fa0634d81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52320246421c48e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04876ae7c0424d9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf8409b42772482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc386d65fa0634d81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI World ESG Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000V93BNU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,861</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>4,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,787</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>4,798</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>4,942</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>