--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a049e438199428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8718e68d42dd4449" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc386d65fa0634d81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ccc762a69c45b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf8409b42772482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc386d65fa0634d81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8fb6c595864d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ccc762a69c45b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI World ESG Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000V93BNU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>4,996</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,989</x:t>
-[...6 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>4,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,006</x:t>
-[...468 lines deleted...]
-          <x:t>4,838</x:t>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>