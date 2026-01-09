--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8718e68d42dd4449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35cf0890ca4f447c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ccc762a69c45b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e55ac6272a441ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a8fb6c595864d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ccc762a69c45b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R090c7d7e0a31479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e55ac6272a441ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI World ESG Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000V93BNU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,984</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>