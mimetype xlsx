--- v3 (2026-01-09)
+++ v4 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35cf0890ca4f447c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e766ff8902d45c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e55ac6272a441ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2122a9b3a77a45e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R090c7d7e0a31479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e55ac6272a441ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf98fea455df54f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2122a9b3a77a45e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI World ESG Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000V93BNU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,953</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,928</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,901</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>19.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,871</x:t>
-[...4 lines deleted...]
-          <x:t>4,817</x:t>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,887</x:t>
-[...198 lines deleted...]
-          <x:t>4,976</x:t>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>