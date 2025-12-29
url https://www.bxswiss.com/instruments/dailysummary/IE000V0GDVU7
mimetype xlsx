--- v0 (2025-10-23)
+++ v1 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09fd6c9144494c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e908852558f4217" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c98a318fb364144"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9126c49c4730444f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f27f741cd8644ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c98a318fb364144" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92a439af9e9c4a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9126c49c4730444f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 11 Sustainable Cities UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000V0GDVU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,202</x:t>
-[...387 lines deleted...]
-          <x:t>28,937</x:t>
+          <x:t>28,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>