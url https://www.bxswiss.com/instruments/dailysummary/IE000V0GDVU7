--- v1 (2025-12-29)
+++ v2 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e908852558f4217" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R962266ada20d4bef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9126c49c4730444f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff9aad8cd8c14998"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92a439af9e9c4a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9126c49c4730444f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694e310c934d46dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff9aad8cd8c14998" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 11 Sustainable Cities UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000V0GDVU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>28,880</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>