--- v2 (2026-01-25)
+++ v3 (2026-02-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R962266ada20d4bef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e438ed6fbb24ca1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff9aad8cd8c14998"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12d9bfc64ed44b86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694e310c934d46dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff9aad8cd8c14998" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4624bd8f6c224faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12d9bfc64ed44b86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 11 Sustainable Cities UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000V0GDVU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>29,320</x:t>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,189</x:t>
-[...43 lines deleted...]
-          <x:t>30,040</x:t>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,622</x:t>
-[...328 lines deleted...]
-          <x:t>30,213</x:t>
+          <x:t>30,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>