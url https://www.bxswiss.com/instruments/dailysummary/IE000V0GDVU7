--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e438ed6fbb24ca1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a07252d89ac4efb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12d9bfc64ed44b86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ecf15c265e4b01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4624bd8f6c224faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12d9bfc64ed44b86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9b69fa2aa7471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ecf15c265e4b01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 11 Sustainable Cities UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000V0GDVU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>30,615</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,426</x:t>
-[...242 lines deleted...]
-          <x:t>29,602</x:t>
+          <x:t>31,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...316 lines deleted...]
-          <x:t>31,378</x:t>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>