--- v4 (2026-03-09)
+++ v5 (2026-03-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a07252d89ac4efb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d75173e1632410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ecf15c265e4b01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6871ba40c5fc4af5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9b69fa2aa7471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ecf15c265e4b01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf37ded7678f04997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6871ba40c5fc4af5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 11 Sustainable Cities UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000V0GDVU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>