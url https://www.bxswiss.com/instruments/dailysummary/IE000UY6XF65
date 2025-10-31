--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77e27eed4c624044" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf15b422d0524143" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8f6adf35c9a4434"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bd4649867444935"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f739e9533524882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8f6adf35c9a4434" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dd2e9b8e9274a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bd4649867444935" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V iBonds Dec 2034 Term EUR Corporate UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000UY6XF65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,825</x:t>
-[...16 lines deleted...]
-          <x:t>4,826</x:t>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,839</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>4,821</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,829</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,843</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,831</x:t>
-[...26 lines deleted...]
-          <x:t>4,830</x:t>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,842</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,844</x:t>
-        </x:is>
-[...278 lines deleted...]
-          <x:t>4,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>