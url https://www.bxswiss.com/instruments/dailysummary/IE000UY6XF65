--- v1 (2025-10-31)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf15b422d0524143" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57cfe8b8587e45a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bd4649867444935"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71fd2918aff844b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dd2e9b8e9274a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bd4649867444935" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R175a4adde7b74da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71fd2918aff844b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V iBonds Dec 2034 Term EUR Corporate UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000UY6XF65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,852</x:t>
-[...21 lines deleted...]
-          <x:t>4,851</x:t>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,832</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>4,834</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,829</x:t>
-[...87 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,852</x:t>
-[...151 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,844</x:t>
-[...198 lines deleted...]
-          <x:t>4,844</x:t>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>