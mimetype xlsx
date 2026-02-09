--- v2 (2025-12-31)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57cfe8b8587e45a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b6936cfdbbe409f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71fd2918aff844b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47bb3d43a4bf4a45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R175a4adde7b74da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71fd2918aff844b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85fe87eddc424b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47bb3d43a4bf4a45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V iBonds Dec 2034 Term EUR Corporate UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000UY6XF65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,849</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,855</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,845</x:t>
-[...168 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,831</x:t>
-[...26 lines deleted...]
-          <x:t>4,825</x:t>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,814</x:t>
-[...6 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,820</x:t>
-[...166 lines deleted...]
-          <x:t>4,787</x:t>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>4,811</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,794</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,803</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>