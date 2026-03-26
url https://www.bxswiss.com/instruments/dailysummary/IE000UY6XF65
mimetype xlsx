--- v3 (2026-02-09)
+++ v4 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b6936cfdbbe409f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd6b7cab7254009" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47bb3d43a4bf4a45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R785c4ddde604463b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85fe87eddc424b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47bb3d43a4bf4a45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53070d26eb454f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R785c4ddde604463b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V iBonds Dec 2034 Term EUR Corporate UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000UY6XF65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>4,847</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,842</x:t>
-[...168 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,808</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>4,831</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,812</x:t>
-[...87 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,792</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>4,798</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,774</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>4,788</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>