--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b9e66ec2b2f42f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff3221c6b774f17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e02b6f383084166"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd3d7274e7742ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9da1a0096a54556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e02b6f383084166" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a231fd418b492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd3d7274e7742ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Silver Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000UL6CLP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>24,496</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,206</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>27,000</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>