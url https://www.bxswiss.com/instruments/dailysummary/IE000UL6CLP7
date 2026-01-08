--- v1 (2025-11-02)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff3221c6b774f17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf87379d8e32747c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd3d7274e7742ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b723815f2a6415d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a231fd418b492c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd3d7274e7742ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46db198549d746a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b723815f2a6415d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Silver Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000UL6CLP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>25,143</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>