--- v2 (2026-01-08)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf87379d8e32747c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e920ebb575f4175" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b723815f2a6415d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea0fff17a9a84856"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46db198549d746a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b723815f2a6415d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d20fe16bd248e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea0fff17a9a84856" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Silver Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000UL6CLP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,151</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>