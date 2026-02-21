--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e920ebb575f4175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e668ce000484805" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea0fff17a9a84856"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d88773f2b454351"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d20fe16bd248e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea0fff17a9a84856" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11f3f823f8e4b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d88773f2b454351" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Silver Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000UL6CLP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>36,255</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,881</x:t>
-[...301 lines deleted...]
-          <x:t>37,147</x:t>
+          <x:t>38,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>