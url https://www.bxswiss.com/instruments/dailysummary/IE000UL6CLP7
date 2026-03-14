--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e668ce000484805" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9c7f061612846fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d88773f2b454351"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b3cab95e07242b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11f3f823f8e4b3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d88773f2b454351" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R686336ba127c4b0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b3cab95e07242b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Silver Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000UL6CLP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>36,735</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...85 lines deleted...]
-          <x:t>36,510</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,648</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>38,826</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>