--- v0 (2025-10-02)
+++ v1 (2025-12-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f57f6bcafa549ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6d294e0b370400a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a00bd30fe34895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f0a1d347787477b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdab70adbc164138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a00bd30fe34895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a0a1034604486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f0a1d347787477b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Global Aerospace &amp; Defence UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000U9ODG19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,936</x:t>
-[...16 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>6,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,934</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>6,849</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,832</x:t>
-[...43 lines deleted...]
-          <x:t>6,986</x:t>
+          <x:t>7,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,981</x:t>
-[...355 lines deleted...]
-          <x:t>7,355</x:t>
+          <x:t>7,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>