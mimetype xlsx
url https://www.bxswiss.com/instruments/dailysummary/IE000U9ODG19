--- v1 (2025-12-22)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6d294e0b370400a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde5e49374f014d67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f0a1d347787477b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce46d6e0f964960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08a0a1034604486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f0a1d347787477b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e49d069e712474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce46d6e0f964960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Global Aerospace &amp; Defence UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000U9ODG19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>7,009</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>26.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,957</x:t>
-[...440 lines deleted...]
-        <x:is>
           <x:t>7,056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>