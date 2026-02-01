--- v2 (2026-01-11)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde5e49374f014d67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R588562cec0434d0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce46d6e0f964960"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e7a2b6c86ba4642"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e49d069e712474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce46d6e0f964960" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb6c53f53c744b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e7a2b6c86ba4642" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Global Aerospace &amp; Defence UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000U9ODG19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>