--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R588562cec0434d0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cb8b18d9c744d50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e7a2b6c86ba4642"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra79d265e275e4949"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb6c53f53c744b19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e7a2b6c86ba4642" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a5a426372464be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra79d265e275e4949" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Global Aerospace &amp; Defence UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000U9ODG19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,907</x:t>
-[...31 lines deleted...]
-          <x:t>7,894</x:t>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,922</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>7,673</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>