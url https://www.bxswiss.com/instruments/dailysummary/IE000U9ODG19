--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cb8b18d9c744d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9240a44d1714bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra79d265e275e4949"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc4de649aacf4a20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a5a426372464be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra79d265e275e4949" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re24620979c4c4234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc4de649aacf4a20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Global Aerospace &amp; Defence UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000U9ODG19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>8,210</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,032</x:t>
-[...70 lines deleted...]
-          <x:t>7,896</x:t>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,772</x:t>
-        </x:is>
-[...489 lines deleted...]
-          <x:t>8,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>